--- v0 (2026-01-11)
+++ v1 (2026-01-11)
@@ -740,51 +740,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład-kolokwia, ćwicz. aud.-kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W02, Tr2A_W05, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W06, Tr2A_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -810,51 +810,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład-kolokwia, ćwicz. aud.-kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W05, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W06, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>