--- v1 (2026-01-11)
+++ v2 (2026-02-09)
@@ -740,51 +740,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład-kolokwia, ćwicz. aud.-kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W06, Tr2A_W02</w:t>
+        <w:t xml:space="preserve">Tr2A_W02, Tr2A_W05, Tr2A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1310,67 +1310,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład-kolokwia, ćwicz. aud.-kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U06, Tr2A_U09, Tr2A_U11</w:t>
+        <w:t xml:space="preserve">Tr2A_U11, Tr2A_U06, Tr2A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykazuje się umiejętnościa interpretowania wyników pomiarów wybranych wielkości związanych badaniami pojazdów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>