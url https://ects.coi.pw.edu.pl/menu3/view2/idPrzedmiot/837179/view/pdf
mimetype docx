--- v0 (2025-12-27)
+++ v1 (2026-01-14)
@@ -972,71 +972,211 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">posiada wiedzę teoretyczną dotyczącą projektowania i budowy infrastruktury punktowej, w tym dróg wewnątrz zakładów przemysłowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład  - zaliczenie część pisemna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">posiada wiedzę teoretyczną dotyczącą  konstrukcji nawierzchni drogowych, oraz wskazówki do wyboru ich rozwiązania. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład  - zaliczenie część pisemna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">posiada wiedzę teoretyczną dotyczącą projektowania i budowy infrastruktury punktowej, w tym dróg wewnątrz zakładów przemysłowych</w:t>
+        <w:t xml:space="preserve">posiada wiedzę teoretyczną dotyczącąutrzymanie dróg samochodowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - zaliczenie część pisemna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1055,328 +1195,188 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">posiada wiedzę teoretyczną dotyczącą  konstrukcji nawierzchni drogowych, oraz wskazówki do wyboru ich rozwiązania. </w:t>
+        <w:t xml:space="preserve">zna zasady kształtowania  geometrii  drogi samochodowej i doboru konstrukcji nawierzchni</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - zaliczenie część pisemna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W07</w:t>
+        <w:t xml:space="preserve">Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">posiada wiedzę teoretyczną dotyczącąutrzymanie dróg samochodowych.</w:t>
+        <w:t xml:space="preserve">posiada biegłość i sprawność konstrukcyjną drogi samochodowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykład  - zaliczenie część pisemna</w:t>
+        <w:t xml:space="preserve">Ćwiczenia projektowe – wykonanie dokumentacji projektowej wraz z obliczeniami i zaliczenie ustne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_U14, Tr2A_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>