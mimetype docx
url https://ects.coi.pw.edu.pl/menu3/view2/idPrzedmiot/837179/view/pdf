--- v1 (2026-01-14)
+++ v2 (2026-02-09)
@@ -972,51 +972,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">posiada wiedzę teoretyczną dotyczącą projektowania i budowy infrastruktury punktowej, w tym dróg wewnątrz zakładów przemysłowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>