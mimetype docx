--- v0 (2026-01-12)
+++ v1 (2026-01-14)
@@ -744,271 +744,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – 2 kolokwia pisemne w formie pytań otwartych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna procesy przepływu materiałów i przepływu informacji w magazynach i transporcie wewnętrznym, w tym procesy komisjonowania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykład – 2 kolokwia pisemne w formie pytań otwartych </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną wiedzę na temat kryteriów i metod oceny i wyboru rozwiązań projektowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykład – 2 kolokwia pisemne w formie pytań otwartych </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna procesy przepływu materiałów i przepływu informacji w magazynach i transporcie wewnętrznym, w tym procesy komisjonowania</w:t>
+        <w:t xml:space="preserve">Posiada umiejętności doboru rozwiązań technologicznych w ukladach transportu wewnętrznego i magazynowania do ich zadań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykład – 2 kolokwia pisemne w formie pytań otwartych </w:t>
+        <w:t xml:space="preserve">Wykład – 2 kolokwia pisemne w formie pytań otwartych, ćwiczenia projektowe – przygotowanie i obrona samodzielnie wykonanego zadania projektowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">Tr2A_U16, Tr2A_U10</w:t>
+        <w:t xml:space="preserve">Tr2A_U10, Tr2A_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>