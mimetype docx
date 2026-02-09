--- v1 (2026-01-14)
+++ v2 (2026-02-09)
@@ -744,51 +744,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – 2 kolokwia pisemne w formie pytań otwartych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>