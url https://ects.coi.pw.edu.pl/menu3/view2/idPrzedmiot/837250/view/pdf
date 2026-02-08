--- v0 (2026-01-13)
+++ v1 (2026-02-08)
@@ -958,67 +958,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - zal. – część pisemna i ustna; ćw. labor. 1 – 4, kolokwium, ew. cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W08</w:t>
+        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o budowie i zasadzie działania stanowisk badawczych i urządzeń pomiarowych stosowanych przy diagnozowaniu pojazdów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1264,51 +1264,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać poznane metody oceny stanu technicznego pojazdu do lokalizowania jego niesprawności; potrafi budować testy diagnostyczne pojazdu samochodowego (jako całości, jego układów, zespołów i podzespołów)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>