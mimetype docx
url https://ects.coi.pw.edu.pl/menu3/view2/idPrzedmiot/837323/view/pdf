--- v0 (2025-12-26)
+++ v1 (2026-03-01)
@@ -745,67 +745,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, 2 pytania otwarte, wymagane jest udzielenie pełnej odpowiedzi na przynajmniej 1 z tych pytań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W10</w:t>
+        <w:t xml:space="preserve">Tr2A_W10, Tr2A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada pogłębioną wiedzę o środkach pracy stosowanych w transporcie samochodowym, a także zna parametry dopuszczalne pojazdów, warunki korzystania z infrastruktury drogowej oraz wymagane kwalifikacje kierowców i uwarunkowania prawne dotyczące czasu pracy kierowców</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>