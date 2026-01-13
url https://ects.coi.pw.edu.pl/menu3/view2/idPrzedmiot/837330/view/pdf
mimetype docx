--- v0 (2026-01-12)
+++ v1 (2026-01-13)
@@ -969,51 +969,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - kolokwium zaliczeniowe – część pisemna, ew. cz. ustna z pytaniem dotyczącym w/w efektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1275,51 +1275,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, II.T.P7S_UW.4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać materiały do budowy sygnalizacji świetlnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>