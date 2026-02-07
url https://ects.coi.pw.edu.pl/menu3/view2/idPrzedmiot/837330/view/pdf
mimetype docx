--- v1 (2026-01-13)
+++ v2 (2026-02-07)
@@ -1065,51 +1065,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi wyznaczyć efektywne sterowanie na ciągu lub w sieci ulicznej. Potrafi dokonać analiz rozwiązań koordynacji oraz zaproponować ulepszenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1275,51 +1275,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.4.o, II.T.P7S_UW.4</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać materiały do budowy sygnalizacji świetlnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>