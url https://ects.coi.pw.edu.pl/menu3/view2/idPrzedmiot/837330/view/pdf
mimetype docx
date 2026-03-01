--- v2 (2026-02-07)
+++ v3 (2026-03-01)
@@ -759,357 +759,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - kolokwium zaliczeniowe – część pisemna, ew. cz. ustna z pytaniem dotyczącym w/w efektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę dotyczącą projektowania instalacji elektrycznych sygnalizacji świetlnej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład  - kolokwium zaliczeniowe – część pisemna, ew. cz. ustna z pytaniem dotyczącym w/w efektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę dotyczącą obliczeń oraz materiałów wykorzystywanych w projektach instalacji elektrycznej sygnalizacji świetlnej. Zna zasady budowy i eksploatacji drogowej sygnalizacji świetlnej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład  - kolokwium zaliczeniowe – część pisemna, ew. cz. ustna z pytaniem dotyczącym w/w efektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady projektowania skoordynowanej sygnalizacji świetlnej. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład  - kolokwium zaliczeniowe – część pisemna, ew. cz. ustna z pytaniem dotyczącym w/w efektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę dotyczącą projektowania instalacji elektrycznych sygnalizacji świetlnej</w:t>
+        <w:t xml:space="preserve">potrafi pozyskiwać informacje ze źródeł dotyczących wybranych zagadnień</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykład  - kolokwium zaliczeniowe – część pisemna, ew. cz. ustna z pytaniem dotyczącym w/w efektu</w:t>
+        <w:t xml:space="preserve">ćwiczenia laboratoryjne – prawidłowe wykonanie ćwiczeń sprawozdań w postaci projektów i ich ustna „obrona” </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">II.T.P7S_UW.2, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi wyznaczyć efektywne sterowanie na ciągu lub w sieci ulicznej. Potrafi dokonać analiz rozwiązań koordynacji oraz zaproponować ulepszenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>