--- v0 (2026-01-08)
+++ v1 (2026-01-13)
@@ -874,51 +874,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08</w:t>
+        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>