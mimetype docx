--- v0 (2026-01-11)
+++ v1 (2026-02-08)
@@ -748,51 +748,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej planu kablowego i planu izolacji. Ocena podsumowująca: ustna obrona projektu w części dotyczącej planu kablowego i planu izolacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W05, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W06, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1038,67 +1038,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej planu kablowego i planu izolacji. Ocena podsumowująca: ustna obrona projektu w części dotyczącej planu kablowego i planu izolacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U18, Tr2A_U20, Tr2A_U01, Tr2A_U10, Tr2A_U16</w:t>
+        <w:t xml:space="preserve">Tr2A_U01, Tr2A_U10, Tr2A_U16, Tr2A_U18, Tr2A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykreślić wybrane rozszycia kabli stosowanych w obwodach sterowania ruchem kolejowym dla stacji i blokad liniowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>