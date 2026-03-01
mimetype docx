--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -1108,67 +1108,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej sporządzania rozszycia kablowego listew zaciskowych, garnków i szaf kablowych. Ocena podsumowująca: ustna obrona projektu w części dotyczącej sporządzania rozszycia kablowego listew zaciskowych, garnków i szaf kablowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U01, Tr2A_U10, Tr2A_U16, Tr2A_U18, Tr2A_U20</w:t>
+        <w:t xml:space="preserve">Tr2A_U20, Tr2A_U01, Tr2A_U10, Tr2A_U16, Tr2A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać typy przekaźników i rozmieścić je na stojaku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>