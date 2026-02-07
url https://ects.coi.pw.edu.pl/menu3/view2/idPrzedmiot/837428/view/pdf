--- v0 (2026-01-14)
+++ v1 (2026-02-07)
@@ -950,427 +950,427 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład-kolokwia, ćwicz. aud.-kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody pozyskiwania danych do modeli symulacyjnych ruchu pojazdu (wybrane metody badań pojazdów i ich zespołów)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład-kolokwia, ćwicz. aud.-kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W06, Tr2A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna znormalizowane (ISO, ECE) metody badań własności dynamicznych pojazdów samochodowych (eksperymentalne, symulacyjne)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład-kolokwia, ćwicz. aud.-kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody pozyskiwania danych do modeli symulacyjnych ruchu pojazdu (wybrane metody badań pojazdów i ich zespołów)</w:t>
+        <w:t xml:space="preserve">Posiada umiejętność pozyskiwania informacji z literatury na temat dynamiki i modelowania ruchu pojazdu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład-kolokwia, ćwicz. aud.-kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W06, Tr2A_W08</w:t>
+        <w:t xml:space="preserve">Tr2A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna znormalizowane (ISO, ECE) metody badań własności dynamicznych pojazdów samochodowych (eksperymentalne, symulacyjne)</w:t>
+        <w:t xml:space="preserve">Posiada umiejętność interpretacji informacji zawartych w literaturze na temat dynamiki i modelowania ruchu pojazdu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład-kolokwia, ćwicz. aud.-kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
+        <w:t xml:space="preserve">Tr2A_U02, Tr2A_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada umiejętność pozyskiwania informacji z literatury na temat dynamiki i modelowania ruchu pojazdu</w:t>
+        <w:t xml:space="preserve">Posiada umiejętność zaplanowania i przeprowadzenia badań wybranych własności dynamicznych samochodu metodą symulacyjną</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład-kolokwia, ćwicz. aud.-kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U01</w:t>
+        <w:t xml:space="preserve">Tr2A_U06, Tr2A_U09, Tr2A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykazuje się umiejętnościa interpretowania wyników pomiarów wybranych wielkości związanych badaniami pojazdów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>