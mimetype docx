--- v1 (2026-02-07)
+++ v2 (2026-02-28)
@@ -880,121 +880,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład-kolokwia, ćwicz. aud.-kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna stosowane modele oddziaływania koło ogumione - droga</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład-kolokwia, ćwicz. aud.-kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>