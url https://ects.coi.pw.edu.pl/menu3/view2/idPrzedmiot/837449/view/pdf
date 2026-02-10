--- v0 (2026-01-13)
+++ v1 (2026-02-10)
@@ -875,67 +875,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - egzamin obejmujący dwie części: pisemną oraz ustną w formie pytań otwartych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W09</w:t>
+        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">posiada podbudowaną teoretycznie wiedzę dotyczącą organizacji i procedur morskiego transportu ładunków skonteneryzowanych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1025,67 +1025,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - egzamin obejmujący dwie części: pisemną oraz ustną w formie pytań otwartych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U18, Tr2A_U20, Tr2A_U22, Tr2A_U15</w:t>
+        <w:t xml:space="preserve">Tr2A_U15, Tr2A_U18, Tr2A_U20, Tr2A_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaprojektować wybrane technologie przewozów kontenerowych i obsługi w morskich terminalach kontenerowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>