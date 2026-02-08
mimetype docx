--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -1300,51 +1300,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U01, Tr2A_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi określić cele i założenia oraz kryteria audytu wewnętrznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>