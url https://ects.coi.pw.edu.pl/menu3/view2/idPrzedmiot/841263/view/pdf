--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -749,51 +749,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium wstępne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W02, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W04, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -969,51 +969,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie  z pracy laboratoryjnej  i ocena dokładności oznaczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11 , K_U13 , K_U17, K_U20</w:t>
+        <w:t xml:space="preserve">K_U13 , K_U17, K_U20, K_U11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>