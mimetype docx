--- v1 (2026-02-08)
+++ v2 (2026-03-24)
@@ -969,51 +969,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie  z pracy laboratoryjnej  i ocena dokładności oznaczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13 , K_U17, K_U20, K_U11 </w:t>
+        <w:t xml:space="preserve">K_U11 , K_U13 , K_U17, K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>