--- v0 (2026-01-15)
+++ v1 (2026-03-23)
@@ -1196,121 +1196,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwium nr 1, kolokwium nr 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U07, AiR1_U08, AiR1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posługując się całkową postacią zasady zachowania pędu potrafi rozwiązać proste przypadki zagadnienia wyznaczania reakcji hydro/aerodynamicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwium nr 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05, AiR1_U07, AiR1_U08</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">AiR1_U08, AiR1_U05, AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>