--- v0 (2026-01-10)
+++ v1 (2026-03-23)
@@ -977,51 +977,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania zespołowego, test wielokrotnego wyboru.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U02, AiR1_U05, AiR1_U14</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U14, AiR1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1187,51 +1187,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania indywidualnego, projekt indywidualny, kartkówka.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U12, AiR1_U04, AiR1_U09</w:t>
+        <w:t xml:space="preserve">AiR1_U04, AiR1_U09, AiR1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>