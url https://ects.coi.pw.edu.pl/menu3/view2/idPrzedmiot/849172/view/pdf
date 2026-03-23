--- v0 (2025-12-29)
+++ v1 (2026-03-23)
@@ -865,51 +865,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W07, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WWZM_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma elementarną wiedzę o relacjach zachodzących na etapach tworzenia, obciążania i pracy  konstrukcji w warunkach działania tych obciążeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -989,67 +989,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z części teoretycznej obowiązującej na wykładzie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WWZM_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe rodzaje odkształceń związanych z odpowiedzią konstrukcji na przyłożone obciążenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1155,51 +1155,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UWZM_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie zdobywać wiedzę i rozwijać swe zdolności, korzystając z różnych źródeł i nowoczesnych technologii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1710,67 +1710,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie prostych przykładów, tworzenie prostych konstrukcji i analiza ich odpowiedzi na obciążenia zewnętrzne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K06, K_K08</w:t>
+        <w:t xml:space="preserve">K_K08, K_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KWZM_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie zagrożenia związanych z wadami konstrukcyjnymi obiektów wolnostojących.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>