--- v0 (2025-12-19)
+++ v1 (2025-12-19)
@@ -783,51 +783,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma poszerzoną wiedzę o wolnościach i prawach jednostki oraz o środkach prawnych ich ochrony. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -837,67 +837,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WG, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1073,51 +1073,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi posługiwać się tekstem Konstytucji oraz podstawowymi ustawami z zakresu prawa konstytucyjnego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1197,67 +1197,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>