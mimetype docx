--- v0 (2025-12-28)
+++ v1 (2026-02-08)
@@ -745,67 +745,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne w formie testu wyboru, testu z uzasadnieniem lub pytania problemowe, praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o różnych rodzajach struktur i instytucji społecznych związanych z parlamentaryzmem, w szczególności ich istotnych elementach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -815,647 +815,647 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne w formie testu wyboru, testu z uzasadnieniem lub pytania problemowe, praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody i narzędzia, w tym techniki pozyskiwania informacji na temat systemów parlamentarnych, pozwalające opisać struktury i instytucje związane z parlamentaryzmem oraz procesy w nich i między nimi zachodzące</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne w formie testu wyboru, testu z uzasadnieniem lub pytania problemowe, praca zaliczeniowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.H.P6S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę o normach i regułach (prawnych, organizacyjnych, moralnych, etycznych) organizujących struktury i instytucje funkcjonujące w systemach parlamentarnych i rządzących nimi prawidłowościach oraz o ich źródłach, naturze, zmianach i sposobie działania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne w formie testu wyboru, testu z uzasadnieniem lub pytania problemowe, praca zaliczeniowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody i narzędzia, w tym techniki pozyskiwania informacji na temat systemów parlamentarnych, pozwalające opisać struktury i instytucje związane z parlamentaryzmem oraz procesy w nich i między nimi zachodzące</w:t>
+        <w:t xml:space="preserve">Potrafi prawidłowo interpretować zjawiska społeczne (kulturowe, prawne, polityczne, ekonomiczne) w zakresie funkcjonowania parlamentu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pisemne w formie testu wyboru, testu z uzasadnieniem lub pytania problemowe, praca zaliczeniowa</w:t>
+        <w:t xml:space="preserve">Pisemne kolokwium z pytaniami testowymi lub opisowymi oraz praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W06</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.H.P6S_WG.3</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o normach i regułach (prawnych, organizacyjnych, moralnych, etycznych) organizujących struktury i instytucje funkcjonujące w systemach parlamentarnych i rządzących nimi prawidłowościach oraz o ich źródłach, naturze, zmianach i sposobie działania.</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać podstawową wiedzę teoretyczną na temat funkcjonowania instytucji parlamentarnych i pozyskiwać dane do analizowania konkretnych procesów i zjawisk w nich zachodzących.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pisemne w formie testu wyboru, testu z uzasadnieniem lub pytania problemowe, praca zaliczeniowa.</w:t>
+        <w:t xml:space="preserve">Pisemne kolokwium z pytaniami testowymi lub opisowymi oraz praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi właściwie analizować przyczyny i przebieg konkretnych procesów i zjawisk w ramach systemu parlementarnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pisemne kolokwium z pytaniami testowymi lub opisowymi oraz praca zaliczeniowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Prawidłowo posługuje się systemami normatywnymi oraz wybranymi normami i regułami (prawnymi, moralnymi, zawodowymi) w celu rozwiązania konkretnego zadania z zakresu funkcjonowania parlamentu </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pisemne kolokwium z pytaniami testowymi lub opisowymi oraz praca zaliczeniowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi prawidłowo interpretować zjawiska społeczne (kulturowe, prawne, polityczne, ekonomiczne) w zakresie funkcjonowania parlamentu.</w:t>
+        <w:t xml:space="preserve">Student rozumie wagę i znaczenie korzyści płynących z istnienia systemu parlamentarnego i jego ciągłego rozwoju. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pisemne kolokwium z pytaniami testowymi lub opisowymi oraz praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystać podstawową wiedzę teoretyczną na temat funkcjonowania instytucji parlamentarnych i pozyskiwać dane do analizowania konkretnych procesów i zjawisk w nich zachodzących.</w:t>
+        <w:t xml:space="preserve">Student umie sięgać do odpowiednich źródeł wiedzy o istniejącym systemie polityczno-prawnym, potrafi je zastosować w konkretnych sytuacjach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pisemne kolokwium z pytaniami testowymi lub opisowymi oraz praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_K03, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi ocenić i wyjaśnić, jakie konsekwencje polityczne i prawne może mieć przyjęcie regulacji w zakresie zasad ustrojowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>