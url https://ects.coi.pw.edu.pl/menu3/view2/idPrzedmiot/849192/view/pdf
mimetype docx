--- v1 (2026-02-08)
+++ v2 (2026-03-24)
@@ -761,51 +761,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W07, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o różnych rodzajach struktur i instytucji społecznych związanych z parlamentaryzmem, w szczególności ich istotnych elementach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -971,51 +971,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1325,137 +1325,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pisemne kolokwium z pytaniami testowymi lub opisowymi oraz praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K02</w:t>
+        <w:t xml:space="preserve">K_K02, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie sięgać do odpowiednich źródeł wiedzy o istniejącym systemie polityczno-prawnym, potrafi je zastosować w konkretnych sytuacjach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pisemne kolokwium z pytaniami testowymi lub opisowymi oraz praca zaliczeniowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_K01, K_K03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi ocenić i wyjaśnić, jakie konsekwencje polityczne i prawne może mieć przyjęcie regulacji w zakresie zasad ustrojowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>