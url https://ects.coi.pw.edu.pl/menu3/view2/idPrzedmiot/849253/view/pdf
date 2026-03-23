--- v0 (2025-12-28)
+++ v1 (2026-03-23)
@@ -809,51 +809,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06, K_W07, K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o, II.S.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.H.P6S_WG.3, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01 U_02 U_03 U_04 U_05: </w:t>
       </w:r>
     </w:p>