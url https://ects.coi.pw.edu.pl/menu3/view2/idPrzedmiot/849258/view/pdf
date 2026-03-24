--- v0 (2026-01-12)
+++ v1 (2026-03-24)
@@ -761,51 +761,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma poszerzoną wiedzę o wolnościach i prawach jednostki oraz o środkach prawnych ich ochrony. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -895,87 +895,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U04, K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student rozpoznaje cechy aktów normatywnych (z konstytucyjnego katalogu źródeł prawa) i potrafi określić, jakie sprawy mogą być regulowane za ich pomocą. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student rozpoznaje cechy aktów normatywnych (z konstytucyjnego katalogu źródeł prawa) i potrafi określić, jakie sprawy mogą być regulowane za ich pomocą. </w:t>
+        <w:t xml:space="preserve">Student ma wiedzę o konstytucyjnych wolnościach, prawach i obowiązkach jednostki oraz o instytucjach, które gwarantują ochronę praw podstawowych, w tym w szczególności o sądownictwie konstytucyjnym. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -994,162 +1064,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę o konstytucyjnych wolnościach, prawach i obowiązkach jednostki oraz o instytucjach, które gwarantują ochronę praw podstawowych, w tym w szczególności o sądownictwie konstytucyjnym. </w:t>
+        <w:t xml:space="preserve">Student potrafi posługiwać się tekstem Konstytucji oraz podstawowymi ustawami z zakresu prawa konstytucyjnego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>