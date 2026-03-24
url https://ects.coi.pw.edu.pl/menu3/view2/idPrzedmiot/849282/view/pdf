--- v0 (2025-12-28)
+++ v1 (2026-03-24)
@@ -890,67 +890,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe pojęcia odnoszące się do praw autorskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1110,51 +1110,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1180,67 +1180,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie interpretować istniejące przepisy prawa i rozumie ich konsekwencje.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>