--- v0 (2025-12-29)
+++ v1 (2026-03-23)
@@ -757,1111 +757,1111 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadanie na kolokwium wymagającej znajomości ww. wiedzy teorii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS607_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna teorię i obiegi rzeczywiste silnika turbinowego jednoprzepływowego dwuprzepływowego, turbośmigłowego.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadanie na kolokwium wymagającej znajomości ww. wiedzy teorii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS607_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS607_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna teorię i obiegi rzeczywiste silnika turbinowego jednoprzepływowego dwuprzepływowego, turbośmigłowego.					</w:t>
+        <w:t xml:space="preserve">							Student zna rodzaje charakterystyk silników turbinowych i metody ich badań.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zadanie na kolokwium wymagającej znajomości ww. wiedzy teorii.</w:t>
+        <w:t xml:space="preserve">Pytanie na kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS607_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna rodzaje charakterystyk silników turbinowych i metody ich badań.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pytanie na kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS607_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna rodzaje charakterystyk silników turbinowych i metody ich badań.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pytanie na kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS607_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna podstawowe systemy lotniczych silników turbinowych.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pytanie na kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS607_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna podstawowe systemy lotniczych silników turbinowych.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pytanie na kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS607_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS607_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna rodzaje charakterystyk silników turbinowych i metody ich badań.						</w:t>
+        <w:t xml:space="preserve">							Student zna tendencje rozwojowe lotniczych silników turbinowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pytanie na kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W12</w:t>
+        <w:t xml:space="preserve">LiK1_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS607_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS607_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna rodzaje charakterystyk silników turbinowych i metody ich badań.						</w:t>
+        <w:t xml:space="preserve">							Student potrafi obliczyć parametry termodynamiczne obiegu rzeczywistego silnika turbinowego.				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Pytanie na kolokwium.</w:t>
+        <w:t xml:space="preserve">Zadanie na kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W16</w:t>
+        <w:t xml:space="preserve">LiK1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS607_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS607_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna rodzaje charakterystyk silników turbinowych i metody ich badań.						</w:t>
+        <w:t xml:space="preserve">							Student potrafi obliczyć parametry termodynamiczne obiegu rzeczywistego silnika turbinowego.				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Pytanie na kolokwium.</w:t>
+        <w:t xml:space="preserve">Zadanie na kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W19</w:t>
+        <w:t xml:space="preserve">LiK1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS607_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS607_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna podstawowe systemy lotniczych silników turbinowych.					</w:t>
+        <w:t xml:space="preserve">							Student potrafi obliczyć parametry termodynamiczne obiegu rzeczywistego silnika turbinowego.				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Pytanie na kolokwium.</w:t>
+        <w:t xml:space="preserve">Zadanie na kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W12</w:t>
+        <w:t xml:space="preserve">LiK1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS607_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS607_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna podstawowe systemy lotniczych silników turbinowych.					</w:t>
+        <w:t xml:space="preserve">							Student potrafi obliczeniowo wyznaczyć charakterystyki silników turbinowych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Pytanie na kolokwium.</w:t>
+        <w:t xml:space="preserve">Praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W13</w:t>
+        <w:t xml:space="preserve">LiK1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS607_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS607_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna tendencje rozwojowe lotniczych silników turbinowych.							</w:t>
+        <w:t xml:space="preserve">							Student potrafi obliczeniowo wyznaczyć charakterystyki silników turbinowych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Pytanie na kolokwium.</w:t>
+        <w:t xml:space="preserve">Praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W17</w:t>
+        <w:t xml:space="preserve">LiK1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS607_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS607_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student potrafi obliczyć parametry termodynamiczne obiegu rzeczywistego silnika turbinowego.				</w:t>
+        <w:t xml:space="preserve">							Student potrafi obliczeniowo wyznaczyć charakterystyki silników turbinowych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zadanie na kolokwium.</w:t>
+        <w:t xml:space="preserve">Praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS607_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi obliczeniowo wyznaczyć charakterystyki silników turbinowych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS607_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi obliczeniowo wyznaczyć charakterystyki silników turbinowych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U13</w:t>
-      </w:r>
-[...488 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>