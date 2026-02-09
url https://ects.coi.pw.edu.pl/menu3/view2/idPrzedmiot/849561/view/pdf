--- v0 (2026-01-08)
+++ v1 (2026-02-09)
@@ -762,265 +762,265 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę o prawniczych aspektach zasady podziału władzy, zasady legalizmu, zasady praworządności oraz wpływie sądu konstytucyjnego na prawidłowe funkcjonowanie współczesnego demokratycznego państwa prawa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W06, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę o prawniczych aspektach zasady podziału władzy, zasady legalizmu, zasady praworządności oraz wpływie sądu konstytucyjnego na prawidłowe funkcjonowanie współczesnego demokratycznego państwa prawa. </w:t>
+        <w:t xml:space="preserve">Student potrafi prawidłowo identyfikować modele sądownictwa konstytucyjnego i tryby kontroli prawa. Zna podstawowe zasady organizacji i działania Trybunału Konstytucyjnego, rozróżnia skutki wyroków Trybunału Konstytucyjnego, potrafi posługiwać się aktami normatywnymi regulującymi funkcjonowanie polskiego sądu konstytucyjnego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+        <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W06, K_W09</w:t>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi prawidłowo identyfikować modele sądownictwa konstytucyjnego i tryby kontroli prawa. Zna podstawowe zasady organizacji i działania Trybunału Konstytucyjnego, rozróżnia skutki wyroków Trybunału Konstytucyjnego, potrafi posługiwać się aktami normatywnymi regulującymi funkcjonowanie polskiego sądu konstytucyjnego. </w:t>
+        <w:t xml:space="preserve">Student rozumie wagę i znaczenie korzyści płynących z istnienia sądownictwa konstytucyjnego w państwie i obowiązywania prawa zgodnego z Konstytucją. Rozumie potrzebę doskonalenia rozwiązań instytucjonalnych z zakresu sądownictwa konstytucyjnego oraz skutki ustrojowe ograniczania kompetencji sądu konstytucyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U04, K_U05</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">K_K01, K_K04, K_K07</w:t>
+        <w:t xml:space="preserve">K_K07, K_K01, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>