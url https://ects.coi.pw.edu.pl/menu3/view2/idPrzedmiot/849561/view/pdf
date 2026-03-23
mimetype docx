--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -746,351 +746,351 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W06, K_W09, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę o prawniczych aspektach zasady podziału władzy, zasady legalizmu, zasady praworządności oraz wpływie sądu konstytucyjnego na prawidłowe funkcjonowanie współczesnego demokratycznego państwa prawa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę o prawniczych aspektach zasady podziału władzy, zasady legalizmu, zasady praworządności oraz wpływie sądu konstytucyjnego na prawidłowe funkcjonowanie współczesnego demokratycznego państwa prawa. </w:t>
+        <w:t xml:space="preserve">Student potrafi prawidłowo identyfikować modele sądownictwa konstytucyjnego i tryby kontroli prawa. Zna podstawowe zasady organizacji i działania Trybunału Konstytucyjnego, rozróżnia skutki wyroków Trybunału Konstytucyjnego, potrafi posługiwać się aktami normatywnymi regulującymi funkcjonowanie polskiego sądu konstytucyjnego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+        <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W06, K_W09</w:t>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi prawidłowo identyfikować modele sądownictwa konstytucyjnego i tryby kontroli prawa. Zna podstawowe zasady organizacji i działania Trybunału Konstytucyjnego, rozróżnia skutki wyroków Trybunału Konstytucyjnego, potrafi posługiwać się aktami normatywnymi regulującymi funkcjonowanie polskiego sądu konstytucyjnego. </w:t>
+        <w:t xml:space="preserve">Student rozumie wagę i znaczenie korzyści płynących z istnienia sądownictwa konstytucyjnego w państwie i obowiązywania prawa zgodnego z Konstytucją. Rozumie potrzebę doskonalenia rozwiązań instytucjonalnych z zakresu sądownictwa konstytucyjnego oraz skutki ustrojowe ograniczania kompetencji sądu konstytucyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U05, K_U06</w:t>
+        <w:t xml:space="preserve">K_K01, K_K04, K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka K_1: </w:t>
+        <w:t xml:space="preserve">I.P7S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student rozumie wagę i znaczenie korzyści płynących z istnienia sądownictwa konstytucyjnego w państwie i obowiązywania prawa zgodnego z Konstytucją. Rozumie potrzebę doskonalenia rozwiązań instytucjonalnych z zakresu sądownictwa konstytucyjnego oraz skutki ustrojowe ograniczania kompetencji sądu konstytucyjnego.</w:t>
+        <w:t xml:space="preserve">Student dostrzega związki między jakością życia zbiorowego oraz ochroną wolności i praw jednostki a należycie funkcjonującym Trybunałem Konstytucyjnym. Umie sięgać do odpowiednich źródeł nowej wiedzy (informacji), potrafi ocenić i wyjaśnić, jakie konsekwencje społeczne i prawne może mieć przyjęcie regulacji sprzecznej z Konstytucją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K07, K_K01, K_K04</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">K_K01, K_K04, K_K07</w:t>
+        <w:t xml:space="preserve">K_K04, K_K07, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>