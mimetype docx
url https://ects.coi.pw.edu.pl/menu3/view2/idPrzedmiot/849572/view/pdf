--- v0 (2025-12-25)
+++ v1 (2026-02-09)
@@ -915,51 +915,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U12, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić wpływ otoczenia na zjawiska i procesy administrowania oraz przygotować i podejmować decyzje zarządcze, zwłaszcza strategiczne. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -985,51 +985,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U10, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>