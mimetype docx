--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -835,51 +835,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -899,67 +899,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Studenci uczą się zastosowania w praktyce zdobytej wiedzy oraz uczą się znajdować i analizować potrzebne dane.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U12, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić wpływ otoczenia na zjawiska i procesy administrowania oraz przygotować i podejmować decyzje zarządcze, zwłaszcza strategiczne. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -985,51 +985,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U10, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
@@ -1049,51 +1049,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kompetencje nabywane są w trakcie zajęć, podczas dyskusji, jak i konsultacji. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K07</w:t>
+        <w:t xml:space="preserve">K_K07, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>