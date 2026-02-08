--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -768,67 +768,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami opisowymi lub testowymi (lub ewentualnie  realizacja zadanej pracy problemowej)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W06, K_W08, K_W09</w:t>
+        <w:t xml:space="preserve">K_W06, K_W08, K_W09, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę dotyczącą wyników badań w zakresie funkcjonowania polityki społecznej w Polsce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -838,67 +838,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami opisowymi lub testowymi (lub ewentualnie  realizacja zadanej pracy problemowej)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W08</w:t>
+        <w:t xml:space="preserve">K_W04, K_W08, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WK, II.S.P7S_WG.1, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna terminologię w zakresie pojęć i definicji dotyczących polityki społecznej, ze szczególnym uwzględnieniem podstaw prawnych obowiązujących w polityce społecznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -978,67 +978,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami opisowymi lub testowymi (lub ewentualnie  realizacja zadanej pracy problemowej)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W08, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1058,67 +1058,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami opisowymi lub testowymi (lub ewentualnie  realizacja zadanej pracy problemowej)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U10, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętności badawcze pozwalające dostrzec istniejąc problem w zakresie polityki społecznej i go rozwiązać tak, by mogło powstać rozwiązanie o charakterze prawnym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1144,51 +1144,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U05, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zastosować teoretyczną wiedzę z zakresu działania polityki społecznej do praktycznych rozwiązań i podejmowania decyzji jako pracownik administracji publicznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1198,67 +1198,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami opisowymi lub testowymi (lub ewentualnie  realizacja zadanej pracy problemowej)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U06, K_U08, K_U09</w:t>
+        <w:t xml:space="preserve">K_U06, K_U08, K_U09, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UU, I.P7S_UW, II.X.P7S_UW.2, II.H.P7S_UW.2.o, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
@@ -1278,67 +1278,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami opisowymi lub testowymi (lub ewentualnie  realizacja zadanej pracy problemowej)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K02, K_K04, K_K06</w:t>
+        <w:t xml:space="preserve">K_K04, K_K06, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KK, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma przekonanie o wadze zachowania się w sposób profesjonalny, refleksji na temat funkcjonowania polityki społecznej w Polsce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>