--- v0 (2025-12-24)
+++ v1 (2026-03-23)
@@ -976,51 +976,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna obszernie zasady zarządzania zasobami własności intelektualnej i zasady ich wykorzystywania, w odniesieniu do aktualnego stany prawnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1046,51 +1046,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1181,67 +1181,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie w sposób pogłębiony interpretować istniejące przepisy prawa i rozumie ich konsekwencje.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1267,51 +1267,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie w sposób pogłębiony opracować metody, techniki i narzędzia właściwe do rozwiązania problemu określonego w pracy dyplomowej z uwzględnieniem standardów zawartych w przepisach prawa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>