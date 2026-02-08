--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -740,67 +740,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W12 BNP</w:t>
+        <w:t xml:space="preserve">K_W04, K_W12 BNP, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę dotyczącą technik i technologii satelitarnych związanych z obserwacją Ziemi, łącznością i nawigacja satelitarną 
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -892,67 +892,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13 BNP, K_U14 BNP, K_U06, K_U09, K_U12</w:t>
+        <w:t xml:space="preserve">K_U06, K_U09, K_U12, K_U13 BNP, K_U14 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie odpowiedzialnie stosować procedury i zasady w zakresie bezpieczeństwa informacji i systemów teleinformatycznych w środowisku funkcjonowania zawodowego
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -979,51 +979,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04, K_U12, K_U13 BNP, K_U14 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1, II.T.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.T.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
@@ -1044,51 +1044,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K09 BNP, K_K10 BNP, K_K04, K_K07, K_K08 BNP</w:t>
+        <w:t xml:space="preserve">K_K04, K_K07, K_K08 BNP, K_K09 BNP, K_K10 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>