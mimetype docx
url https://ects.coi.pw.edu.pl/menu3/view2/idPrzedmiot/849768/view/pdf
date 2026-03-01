--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -756,51 +756,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W12 BNP, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę dotyczącą technik i technologii satelitarnych związanych z obserwacją Ziemi, łącznością i nawigacja satelitarną 
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -979,51 +979,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04, K_U12, K_U13 BNP, K_U14 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.T.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.T.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>