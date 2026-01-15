--- v0 (2025-12-26)
+++ v1 (2026-01-15)
@@ -779,51 +779,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi scharakteryzować działania związane z komunikacją zewnętrzną, wewnętrzną i zarządzaniem kryzysowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -929,51 +929,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U08, K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UW, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi zidentyfikować i wskazać potencjalne sytuacje kryzysowe, a także przygotować bazowy plan działań naprawczych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -983,67 +983,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja, aktywność na zajęciach, kolokwium końcowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi przywołać przykłady właściwego i błędnego wykorzystania działań PR w praktyce codziennej i w sytuacjach kryzysowych.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1070,51 +1070,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>