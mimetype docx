--- v1 (2026-01-15)
+++ v2 (2026-02-09)
@@ -913,67 +913,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadania w sali, kolokwium końcowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U08, K_U02, K_U04</w:t>
+        <w:t xml:space="preserve">K_U02, K_U04, K_U06, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UK, II.X.P7S_UW.3.o, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi zidentyfikować i wskazać potencjalne sytuacje kryzysowe, a także przygotować bazowy plan działań naprawczych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -983,67 +983,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja, aktywność na zajęciach, kolokwium końcowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi przywołać przykłady właściwego i błędnego wykorzystania działań PR w praktyce codziennej i w sytuacjach kryzysowych.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>