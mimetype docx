--- v0 (2025-12-30)
+++ v1 (2026-03-23)
@@ -1033,50 +1033,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW136_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie rozwiązać proste zadanie inżynierskie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1132,162 +1202,162 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW136_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW136_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie rozwiązać proste zadanie inżynierskie.</w:t>
+        <w:t xml:space="preserve">Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U09</w:t>
+        <w:t xml:space="preserve">MiBM1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW136_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW136_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie obronić przedstawione tezy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U20</w:t>
+        <w:t xml:space="preserve">MiBM1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1313,51 +1383,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U03</w:t>
+        <w:t xml:space="preserve">MiBM1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1383,341 +1453,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U04</w:t>
+        <w:t xml:space="preserve">MiBM1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW136_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW136_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie obronić przedstawione tezy.</w:t>
+        <w:t xml:space="preserve">Ma zdolność widzenia określonej całości, której częścią jest rozwiązywany problem i przy formułowaniu zadań inżynierskich potrafi integrować wiedzę z różnych obszarów technicznych i nietechnicznych  (w tym: – ekonomii, organizacji i zarządzania oraz psychologii i socjologii). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U07</w:t>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW136_U6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW136_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma zdolność widzenia określonej całości, której częścią jest rozwiązywany problem i przy formułowaniu zadań inżynierskich potrafi integrować wiedzę z różnych obszarów technicznych i nietechnicznych  (w tym: – ekonomii, organizacji i zarządzania oraz psychologii i socjologii). </w:t>
+        <w:t xml:space="preserve">Rozwijanie potrzeby samokształcenia się w celu osiągnięcia zamierzonego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U11</w:t>
+        <w:t xml:space="preserve">MiBM1_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW136_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwijanie potrzeby samokształcenia się w celu osiągnięcia zamierzonego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_K01</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>