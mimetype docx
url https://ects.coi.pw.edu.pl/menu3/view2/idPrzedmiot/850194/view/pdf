--- v0 (2025-12-30)
+++ v1 (2026-03-24)
@@ -1181,691 +1181,691 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 2, ocena pracy i postępów studentów w trakcie wykonywania ćwiczeń laboratoryjnych  nr 4 i 5.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma elementarną wiedzę w zakresie metod numerycznych stosowanych do prostych zagadnień brzegowych formułowanych dla równań różniczkowych zwyczajnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2, ocena pracy i postępów studentów w trakcie wykonywania ćwiczeń laboratoryjnych  nr 4 i 5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma elementarną wiedzę w zakresie metod numerycznych stosowanych do prostych zagadnień brzegowych formułowanych dla równań różniczkowych zwyczajnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2, ocena pracy i postępów studentów w trakcie wykonywania ćwiczeń laboratoryjnych  nr 4 i 5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK470_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma elementarną wiedzę w zakresie metod numerycznych stosowanych do prostych zagadnień brzegowych formułowanych dla równań różniczkowych zwyczajnych.							</w:t>
+        <w:t xml:space="preserve">								Orientuje się w podstawowych algorytmach numerycznych algebry numerycznej związanych z zagadnieniem na wartości i wektory własne.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2, ocena pracy i postępów studentów w trakcie wykonywania ćwiczeń laboratoryjnych  nr 4 i 5.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 2, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego  nr 6.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">								Orientuje się w podstawowych algorytmach numerycznych algebry numerycznej związanych z zagadnieniem na wartości i wektory własne.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego  nr 6.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK470_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma elementarną wiedzę w zakresie metod numerycznych stosowanych do prostych zagadnień brzegowych formułowanych dla równań różniczkowych zwyczajnych.							</w:t>
+        <w:t xml:space="preserve">								Orientuje się w podstawowych algorytmach numerycznych algebry numerycznej związanych z zagadnieniem na wartości i wektory własne.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2, ocena pracy i postępów studentów w trakcie wykonywania ćwiczeń laboratoryjnych  nr 4 i 5.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 2, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego  nr 6.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK470_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">								Orientuje się w podstawowych algorytmach numerycznych algebry numerycznej związanych z zagadnieniem na wartości i wektory własne.							</w:t>
+        <w:t xml:space="preserve">							Potrafi porównać i ocenić krytycznie właściwości poznanych metody całkowania równań różniczkowych zwyczajnych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego  nr 6.</w:t>
+        <w:t xml:space="preserve">Kolokwium  nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W01</w:t>
+        <w:t xml:space="preserve">MiBM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK470_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">								Orientuje się w podstawowych algorytmach numerycznych algebry numerycznej związanych z zagadnieniem na wartości i wektory własne.							</w:t>
+        <w:t xml:space="preserve">							Potrafi porównać i ocenić krytycznie właściwości poznanych metody całkowania równań różniczkowych zwyczajnych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego  nr 6.</w:t>
+        <w:t xml:space="preserve">Kolokwium  nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W03</w:t>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK470_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">								Orientuje się w podstawowych algorytmach numerycznych algebry numerycznej związanych z zagadnieniem na wartości i wektory własne.							</w:t>
+        <w:t xml:space="preserve">							Potrafi omówić ograniczenia stosowalności algorytmów skończonych typu eliminacji Gaussa, uzasadnić potrzebę stosowania metod iteracyjnych oraz - w wybranych przypadkach – zweryfikować warunki ich zbieżności.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego  nr 6.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W05</w:t>
+        <w:t xml:space="preserve">MiBM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK470_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi porównać i ocenić krytycznie właściwości poznanych metody całkowania równań różniczkowych zwyczajnych.						</w:t>
+        <w:t xml:space="preserve">							Potrafi omówić ograniczenia stosowalności algorytmów skończonych typu eliminacji Gaussa, uzasadnić potrzebę stosowania metod iteracyjnych oraz - w wybranych przypadkach – zweryfikować warunki ich zbieżności.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium  nr 1.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U12</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>