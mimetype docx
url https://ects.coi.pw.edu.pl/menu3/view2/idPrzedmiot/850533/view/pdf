--- v0 (2025-12-26)
+++ v1 (2026-02-09)
@@ -845,67 +845,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektów kształcenia odbywa się w formie kolokwium, sprawdzenia prawidłowego wykonania ćwiczeń praktycznych oraz oceny aktywności studenta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W12 FIB</w:t>
+        <w:t xml:space="preserve">K_W03, K_W12 FIB, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, I.P7S_WG, II.S.P7S_WG.1, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna i rozumie funkcje papierów wartościowych rynku pieniężnego i kapitałowego z punktu widzenia potrzeb emitenta i inwestora.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -985,67 +985,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test i praca na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę na temat obowiązujących regulacji prawnych w zakresie instrumentów rynku pieniężnego i kapitałowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1206,51 +1206,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, rozwiązywanie zadań na zajęciach i w ramach pracy własnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13 FIB, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U09, K_U10, K_U13 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1276,67 +1276,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów na zajęciach, prezentacja prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U06, K_U10</w:t>
+        <w:t xml:space="preserve">K_U06, K_U10, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.2, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie skutecznie znaleźć informacje dotyczące rozwiązań organizacyjno-prawnych stosowanych na rynkach papierów wartościowych, jak też posługiować się nimi do rozwiązywania problemów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1426,51 +1426,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektów kształcenia odbywa się w formie sprawdzenia prawidłowego wykonania ćwiczeń praktycznych oraz oceny aktywności studenta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K08 FIB, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K08 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>