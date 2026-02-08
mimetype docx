--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -866,51 +866,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W12 BNP, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.S.P7S_WG.1, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.2, I.P7S_WK, II.S.P7S_WG.1, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie jak skutecznie stosować zabezpieczenia informatyczne w celu minimalizacji ryzyka oddziaływania zagrożenia (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1140,67 +1140,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu polegającego na przeprowadzeniu analizy ryzyka bezpieczeństwa informacji - studium przypadku. Praca zespołowa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13 BNP, K_U14 BNP</w:t>
+        <w:t xml:space="preserve">K_U14 BNP, K_U13 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.1, II.S.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaproponować metody informatyczne w celu zabezpieczenia organizacji i minimalizacji ryzyka oddziaływania zagrożenia (I).	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>