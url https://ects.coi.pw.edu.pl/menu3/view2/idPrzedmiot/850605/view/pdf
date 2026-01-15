--- v0 (2025-12-26)
+++ v1 (2026-01-15)
@@ -1194,51 +1194,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS_U01, DS_U02, DS_U05, DS_U06</w:t>
+        <w:t xml:space="preserve">DS_U05, DS_U06, DS_U01, DS_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>