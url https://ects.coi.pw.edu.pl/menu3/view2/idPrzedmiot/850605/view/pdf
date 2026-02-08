--- v1 (2026-01-15)
+++ v2 (2026-02-08)
@@ -1054,191 +1054,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">DS_U05, DS_U01, DS_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi konstruować i wyznaczać przedziały ufności dla podstawowych parametrów rozkładu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">DS_U01, DS_U02, DS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi konstruować i wyznaczać przedziały ufności dla podstawowych parametrów rozkładu.</w:t>
+        <w:t xml:space="preserve">Potrafi weryfikować hipotezy dotyczące podstawowych parametrów rozkładu, zgodności oraz niezależności. Umie konstruować testy jednostajnie najmocniejsze.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwia </w:t>
+        <w:t xml:space="preserve">kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS_U01, DS_U02, DS_U05</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">DS_U05, DS_U06, DS_U01, DS_U02</w:t>
+        <w:t xml:space="preserve">DS_U01, DS_U02, DS_U05, DS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>