--- v0 (2026-01-08)
+++ v1 (2026-03-22)
@@ -811,67 +811,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych, problemowych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami lub pliki z zadaniami. Podczas zaliczenia możliwy podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, I.P6S_WG, I.P6S_WK, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną i podbudowaną teoretycznie wiedzę ogólną obejmującą praktyczne zagadnienia z zakresu bezpiecznej komunikacji i efektywnego wykorzystania aplikacji biurowych (I).	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1031,67 +1031,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie ćwiczeń praktycznych, problemowych wykonywanych przy komputerze wraz z omówieniem słownym. 2 kolokwia semestrze (studia stacjonarne), 1 kolokwium (studia niestacjonarne). Przygotowane przez prowadzącego kartki z zadaniami lub pliki z zadaniami. Podczas zaliczenia możliwy podział na 2 grupy studentów. Możliwa dodatkowa ocena za aktywność na zajęciach laboratoryjnych. Możliwe zwolnienie z kolokwium zaliczeniowego w przypadku zdobycia właściwej liczby (3) punktów za aktywność (rozmowa, dyskusja, uwagi). W przypadku zajęć obejmujących tematykę tworzenia stron internetowych możliwe zaliczenie na podstawie realizacji własnej strony. Wariant zaliczenia ustalany na zajęciach początkowych. Warunkiem otrzymania oceny pozytywnej jest prawidłowa realizacja (opracowanie) min. 50% zadań. Oceny pozytywnie zaliczające 3 (26-30 pkt), 3.5 (31-35 pkt), 4.0 (36-40 pkt), 4.5 (41-45 pkt), 5 (46-50 pkt).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zidentyfikować zagrożenia i wie jak bezpiecznie przetwarzać i chronić wytwarzane informacje (I).	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>