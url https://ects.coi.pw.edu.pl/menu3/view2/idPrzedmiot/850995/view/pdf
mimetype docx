--- v0 (2025-12-29)
+++ v1 (2026-03-24)
@@ -3665,50 +3665,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi określić zużycie energii w budynku za pomocą metody bilansów miesięcznych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi określić zużycie energii w budynku za pomocą metody bilansów miesięcznych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -3834,128 +3974,338 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U7: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student potrafi określić zużycie energii w budynku za pomocą metody bilansów miesięcznych.														</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić budynek na podstawie wskaźników oceny. Student potrafi zaproponować sposoby poprawy charakterystyki energetycznej na podstawie bilansu cieplnego oraz wskaźników oceny.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić budynek na podstawie wskaźników oceny. Student potrafi zaproponować sposoby poprawy charakterystyki energetycznej na podstawie bilansu cieplnego oraz wskaźników oceny.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić budynek na podstawie wskaźników oceny. Student potrafi zaproponować sposoby poprawy charakterystyki energetycznej na podstawie bilansu cieplnego oraz wskaźników oceny.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić budynek na podstawie wskaźników oceny. Student potrafi zaproponować sposoby poprawy charakterystyki energetycznej na podstawie bilansu cieplnego oraz wskaźników oceny.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U7: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student potrafi określić zużycie energii w budynku za pomocą metody bilansów miesięcznych.														</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić budynek na podstawie wskaźników oceny. Student potrafi zaproponować sposoby poprawy charakterystyki energetycznej na podstawie bilansu cieplnego oraz wskaźników oceny.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -4015,51 +4365,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U01</w:t>
+        <w:t xml:space="preserve">E1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4085,401 +4435,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U02</w:t>
-[...138 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E1_U28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>