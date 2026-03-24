--- v0 (2026-01-12)
+++ v1 (2026-03-24)
@@ -743,50 +743,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna zagadnienie energetyki jako sektora gospodarki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -842,58 +912,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK713_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna zagadnienie energetyki jako sektora gospodarki.</w:t>
+        <w:t xml:space="preserve">Student zna typowe systemy energetyczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -953,1961 +1023,1891 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna charakterystyki wybranych podsystemów energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK713_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna typowe systemy energetyczne.</w:t>
+        <w:t xml:space="preserve">Student zna charakterystyki wybranych podsystemów energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna możliwości modelowania systemów i podsystemów energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna możliwości modelowania systemów i podsystemów energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna możliwości modelowania systemów i podsystemów energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK713_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna charakterystyki wybranych podsystemów energetycznych.</w:t>
+        <w:t xml:space="preserve">Student umie ocenić podstawowe parametry techniczne i ekonomiczne systemu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W10</w:t>
+        <w:t xml:space="preserve">E1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK713_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna charakterystyki wybranych podsystemów energetycznych.</w:t>
+        <w:t xml:space="preserve">Student umie ocenić podstawowe parametry techniczne i ekonomiczne systemu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W12</w:t>
+        <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK713_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna możliwości modelowania systemów i podsystemów energetycznych.</w:t>
+        <w:t xml:space="preserve">Student umie ocenić podstawowe parametry techniczne i ekonomiczne systemu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W05</w:t>
+        <w:t xml:space="preserve">E1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK713_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna możliwości modelowania systemów i podsystemów energetycznych.</w:t>
+        <w:t xml:space="preserve">Student umie ocenić podstawowe parametry techniczne i ekonomiczne systemu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W10</w:t>
+        <w:t xml:space="preserve">E1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK713_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna możliwości modelowania systemów i podsystemów energetycznych.</w:t>
+        <w:t xml:space="preserve">Student umie opisać (scharakteryzować) wybrany system i podsystem energetyczny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W17</w:t>
+        <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie opisać (scharakteryzować) wybrany system i podsystem energetyczny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie opisać (scharakteryzować) wybrany system i podsystem energetyczny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie opisać (scharakteryzować) wybrany system i podsystem energetyczny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK713_U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie ocenić podstawowe parametry techniczne i ekonomiczne systemu.</w:t>
+        <w:t xml:space="preserve">Student umie opisać systemy energetyczne dla osób nie związanych zawodowo z energetyką.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U02</w:t>
+        <w:t xml:space="preserve">E1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK713_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie ocenić podstawowe parametry techniczne i ekonomiczne systemu.</w:t>
+        <w:t xml:space="preserve">Student umie opisać systemy energetyczne dla osób nie związanych zawodowo z energetyką.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U07</w:t>
+        <w:t xml:space="preserve">E1_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK713_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie ocenić podstawowe parametry techniczne i ekonomiczne systemu.</w:t>
+        <w:t xml:space="preserve">Student umie opisać systemy energetyczne dla osób nie związanych zawodowo z energetyką.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U08</w:t>
-[...1198 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_K07</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>