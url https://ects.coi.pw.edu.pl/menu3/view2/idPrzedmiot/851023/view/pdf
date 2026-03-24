--- v0 (2026-01-10)
+++ v1 (2026-03-24)
@@ -765,1121 +765,1121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK716_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Posiada wiedzę o funkcjonowaniu sieci i systemów elektroenergetycznych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK716_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Posiada wiedzę o funkcjonowaniu sieci i systemów elektroenergetycznych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK716_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK716_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Posiada wiedzę o funkcjonowaniu sieci i systemów elektroenergetycznych.														</w:t>
+        <w:t xml:space="preserve">									Posiada podstawową wiedzę o funkcjonowaniu konkurencyjnego rynku energii elektrycznej.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK716_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">						Posiada podstawową wiedzę z zakresu rozwiązywania zadań wyznaczania stanów pracy systemu elektroenergetycznego. 								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK716_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">						Posiada podstawową wiedzę z zakresu rozwiązywania zadań wyznaczania stanów pracy systemu elektroenergetycznego. 								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK716_W1: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK716_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Posiada wiedzę o funkcjonowaniu sieci i systemów elektroenergetycznych.														</w:t>
+        <w:t xml:space="preserve">				Potrafi określić podstawowe zadania (i metody ich realizacji) stawiane przed podmiotami tworzącymi współczesny System Elektroenergetyczny.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W19</w:t>
+        <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK716_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK716_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">									Posiada podstawową wiedzę o funkcjonowaniu konkurencyjnego rynku energii elektrycznej.					</w:t>
+        <w:t xml:space="preserve">				Potrafi określić podstawowe zadania (i metody ich realizacji) stawiane przed podmiotami tworzącymi współczesny System Elektroenergetyczny.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W31</w:t>
+        <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK716_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK716_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">						Posiada podstawową wiedzę z zakresu rozwiązywania zadań wyznaczania stanów pracy systemu elektroenergetycznego. 								</w:t>
+        <w:t xml:space="preserve">				Potrafi określić podstawowe zadania (i metody ich realizacji) stawiane przed podmiotami tworzącymi współczesny System Elektroenergetyczny.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W12</w:t>
+        <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK716_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK716_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">						Posiada podstawową wiedzę z zakresu rozwiązywania zadań wyznaczania stanów pracy systemu elektroenergetycznego. 								</w:t>
+        <w:t xml:space="preserve">				Potrafi określić podstawowe zadania (i metody ich realizacji) stawiane przed podmiotami tworzącymi współczesny System Elektroenergetyczny.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W15</w:t>
+        <w:t xml:space="preserve">E1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK716_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi rozwiązać problem obliczeniowy z zakresu wyznaczenia podstaw stanu pracy systemu elektroenergetycznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK716_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi rozwiązać problem obliczeniowy z zakresu wyznaczenia podstaw stanu pracy systemu elektroenergetycznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK716_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi rozwiązać problem obliczeniowy z zakresu wyznaczenia podstaw stanu pracy systemu elektroenergetycznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK716_U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK716_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">				Potrafi określić podstawowe zadania (i metody ich realizacji) stawiane przed podmiotami tworzącymi współczesny System Elektroenergetyczny.	</w:t>
+        <w:t xml:space="preserve">												Jest świadomy roli, jaką odgrywa sektor elektroenergetyki i jego pracownicy we współczesnej cywilizacji. 																</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U01</w:t>
+        <w:t xml:space="preserve">E1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK716_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK716_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">				Potrafi określić podstawowe zadania (i metody ich realizacji) stawiane przed podmiotami tworzącymi współczesny System Elektroenergetyczny.	</w:t>
+        <w:t xml:space="preserve">												Jest świadomy roli, jaką odgrywa sektor elektroenergetyki i jego pracownicy we współczesnej cywilizacji. 																</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U05</w:t>
+        <w:t xml:space="preserve">E1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK716_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK716_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">				Potrafi określić podstawowe zadania (i metody ich realizacji) stawiane przed podmiotami tworzącymi współczesny System Elektroenergetyczny.	</w:t>
+        <w:t xml:space="preserve">												Jest świadomy roli, jaką odgrywa sektor elektroenergetyki i jego pracownicy we współczesnej cywilizacji. 																</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, obserwacja pracy studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U07</w:t>
-[...358 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_K07</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>