--- v0 (2025-12-21)
+++ v1 (2026-01-13)
@@ -1305,227 +1305,437 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna rozwiązania konstrukcyjne współczesnych turbin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna rozwiązania konstrukcyjne współczesnych turbin.</w:t>
+        <w:t xml:space="preserve">Zna konstrukcję podstawowych elementów turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna konstrukcję podstawowych elementów turbin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna konstrukcję podstawowych elementów turbin.</w:t>
+        <w:t xml:space="preserve">Zna warunki pracy, obciążenia i zasady obliczeń wytrzymałościowych głównych części turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna warunki pracy, obciążenia i zasady obliczeń wytrzymałościowych głównych części turbin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna konstrukcję podstawowych elementów turbin.</w:t>
+        <w:t xml:space="preserve">Zna warunki pracy, obciążenia i zasady obliczeń wytrzymałościowych głównych części turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1544,58 +1754,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna warunki pracy, obciążenia i zasady obliczeń wytrzymałościowych głównych części turbin.</w:t>
+        <w:t xml:space="preserve">Zna materiały stosowane w budowie turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1614,58 +1824,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna warunki pracy, obciążenia i zasady obliczeń wytrzymałościowych głównych części turbin.</w:t>
+        <w:t xml:space="preserve">Zna materiały stosowane w budowie turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1684,58 +1894,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna warunki pracy, obciążenia i zasady obliczeń wytrzymałościowych głównych części turbin.</w:t>
+        <w:t xml:space="preserve">Zna materiały stosowane w budowie turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1754,198 +1964,338 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna materiały stosowane w budowie turbin.</w:t>
+        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W07</w:t>
+        <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna materiały stosowane w budowie turbin.</w:t>
+        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna charakterystyki głównych typów turbin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna materiały stosowane w budowie turbin.</w:t>
+        <w:t xml:space="preserve">Zna charakterystyki głównych typów turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1964,58 +2314,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
+        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2034,128 +2384,128 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
+        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W19</w:t>
+        <w:t xml:space="preserve">E1_W27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
+        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2166,496 +2516,776 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W8: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna charakterystyki głównych typów turbin.</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać odpowiednią turbinę stosownie do konkretnych potrzeb.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W16</w:t>
+        <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W8: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna charakterystyki głównych typów turbin.</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać odpowiednią turbinę stosownie do konkretnych potrzeb.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W28</w:t>
+        <w:t xml:space="preserve">E1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać odpowiednią turbinę stosownie do konkretnych potrzeb.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W16</w:t>
+        <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać odpowiednią turbinę stosownie do konkretnych potrzeb.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W27</w:t>
+        <w:t xml:space="preserve">E1_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
+        <w:t xml:space="preserve">Potrafi określić osiągi i ogólne charakterystyki różnych typów turbin energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W28</w:t>
+        <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dobrać odpowiednią turbinę stosownie do konkretnych potrzeb.</w:t>
+        <w:t xml:space="preserve">Potrafi określić osiągi i ogólne charakterystyki różnych typów turbin energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić osiągi i ogólne charakterystyki różnych typów turbin energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić osiągi i ogólne charakterystyki różnych typów turbin energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U27</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić osiągi i ogólne charakterystyki różnych typów turbin energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić rozwiązania urządzenia kondensacyjnego stosownie do konkretnych potrzeb.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dobrać odpowiednią turbinę stosownie do konkretnych potrzeb.</w:t>
+        <w:t xml:space="preserve">Potrafi określić rozwiązania urządzenia kondensacyjnego stosownie do konkretnych potrzeb.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2674,58 +3304,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dobrać odpowiednią turbinę stosownie do konkretnych potrzeb.</w:t>
+        <w:t xml:space="preserve">Potrafi określić rozwiązania urządzenia kondensacyjnego stosownie do konkretnych potrzeb.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2744,722 +3374,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dobrać odpowiednią turbinę stosownie do konkretnych potrzeb.</w:t>
+        <w:t xml:space="preserve">Potrafi określić rozwiązania urządzenia kondensacyjnego stosownie do konkretnych potrzeb.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U27</w:t>
-      </w:r>
-[...628 lines deleted...]
-        <w:t xml:space="preserve">E1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>