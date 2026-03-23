--- v1 (2026-01-13)
+++ v2 (2026-03-23)
@@ -1445,120 +1445,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna konstrukcję podstawowych elementów turbin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna konstrukcję podstawowych elementów turbin.</w:t>
+        <w:t xml:space="preserve">Zna warunki pracy, obciążenia i zasady obliczeń wytrzymałościowych głównych części turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna warunki pracy, obciążenia i zasady obliczeń wytrzymałościowych głównych części turbin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1585,87 +1725,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna materiały stosowane w budowie turbin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna warunki pracy, obciążenia i zasady obliczeń wytrzymałościowych głównych części turbin.</w:t>
+        <w:t xml:space="preserve">Zna materiały stosowane w budowie turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1684,58 +1894,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna warunki pracy, obciążenia i zasady obliczeń wytrzymałościowych głównych części turbin.</w:t>
+        <w:t xml:space="preserve">Zna materiały stosowane w budowie turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1754,198 +1964,338 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna materiały stosowane w budowie turbin.</w:t>
+        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W07</w:t>
+        <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna materiały stosowane w budowie turbin.</w:t>
+        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna charakterystyki głównych typów turbin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna materiały stosowane w budowie turbin.</w:t>
+        <w:t xml:space="preserve">Zna charakterystyki głównych typów turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1964,58 +2314,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
+        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2034,128 +2384,128 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
+        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W19</w:t>
+        <w:t xml:space="preserve">E1_W27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
+        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2166,1020 +2516,670 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W8: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna charakterystyki głównych typów turbin.</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać odpowiednią turbinę stosownie do konkretnych potrzeb.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W16</w:t>
+        <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W8: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna charakterystyki głównych typów turbin.</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać odpowiednią turbinę stosownie do konkretnych potrzeb.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W28</w:t>
+        <w:t xml:space="preserve">E1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać odpowiednią turbinę stosownie do konkretnych potrzeb.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W16</w:t>
+        <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać odpowiednią turbinę stosownie do konkretnych potrzeb.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W27</w:t>
+        <w:t xml:space="preserve">E1_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
+        <w:t xml:space="preserve">Potrafi określić osiągi i ogólne charakterystyki różnych typów turbin energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W28</w:t>
+        <w:t xml:space="preserve">E1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dobrać odpowiednią turbinę stosownie do konkretnych potrzeb.</w:t>
+        <w:t xml:space="preserve">Potrafi określić osiągi i ogólne charakterystyki różnych typów turbin energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić osiągi i ogólne charakterystyki różnych typów turbin energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U27</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić osiągi i ogólne charakterystyki różnych typów turbin energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić osiągi i ogólne charakterystyki różnych typów turbin energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
-      </w:r>
-[...558 lines deleted...]
-        <w:t xml:space="preserve">E1_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>