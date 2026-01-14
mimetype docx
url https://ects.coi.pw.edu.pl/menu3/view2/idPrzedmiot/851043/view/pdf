--- v0 (2025-12-29)
+++ v1 (2026-01-14)
@@ -2238,50 +2238,470 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2609,470 +3029,50 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W31</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...418 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
@@ -3088,50 +3088,470 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opisać i zinterpretować fizycznie zjawiska techniczne oraz przedstawić zjawiska socjoekonomiczne związane z wykorzystaniem OZE w mikroskali.    																						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opisać i zinterpretować fizycznie zjawiska techniczne oraz przedstawić zjawiska socjoekonomiczne związane z wykorzystaniem OZE w mikroskali.    																						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opisać i zinterpretować fizycznie zjawiska techniczne oraz przedstawić zjawiska socjoekonomiczne związane z wykorzystaniem OZE w mikroskali.    																						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opisać i zinterpretować fizycznie zjawiska techniczne oraz przedstawić zjawiska socjoekonomiczne związane z wykorzystaniem OZE w mikroskali.    																						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opisać i zinterpretować fizycznie zjawiska techniczne oraz przedstawić zjawiska socjoekonomiczne związane z wykorzystaniem OZE w mikroskali.    																						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opisać i zinterpretować fizycznie zjawiska techniczne oraz przedstawić zjawiska socjoekonomiczne związane z wykorzystaniem OZE w mikroskali.    																						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -3467,1842 +3887,1422 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
-[...374 lines deleted...]
-        <w:t xml:space="preserve">Projekt, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Projekt, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
-[...94 lines deleted...]
-        <w:t xml:space="preserve">Projekt, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Projekt, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Projekt, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Projekt, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U24</w:t>
-      </w:r>
-[...698 lines deleted...]
-        <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>