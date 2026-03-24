--- v0 (2025-12-29)
+++ v1 (2026-03-24)
@@ -975,50 +975,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie zadań problemowych i obliczeniowych 2, kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy teoretyczne działania pomp ciepła, rodzaje, własności czynników roboczych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie zadań problemowych i obliczeniowych 2, kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy teoretyczne działania pomp ciepła, rodzaje, własności czynników roboczych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie zadań problemowych i obliczeniowych 2, kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1074,146 +1214,146 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS540_W2: </w:t>
-[...94 lines deleted...]
-        <w:t xml:space="preserve">Rozwiązywanie zadań problemowych i obliczeniowych 2, kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">								Posiada wiedzę tworzenia koncepcji technicznej systemów grzewczych mono i biwalentnych z pompą ciepła współpracującą z innymi odnawialnymi i konwencjonalnymi urządzeniami/ źródłami ciepła.																</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania problemowe 3, weryfikacja na rzeczywistych działających systemach 1, kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">								Posiada wiedzę tworzenia koncepcji technicznej systemów grzewczych mono i biwalentnych z pompą ciepła współpracującą z innymi odnawialnymi i konwencjonalnymi urządzeniami/ źródłami ciepła.																</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania problemowe 3, weryfikacja na rzeczywistych działających systemach 1, kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1255,51 +1395,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadania problemowe 3, weryfikacja na rzeczywistych działających systemach 1, kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W11</w:t>
+        <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1325,51 +1465,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadania problemowe 3, weryfikacja na rzeczywistych działających systemach 1, kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W12</w:t>
+        <w:t xml:space="preserve">E1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1395,191 +1535,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadania problemowe 3, weryfikacja na rzeczywistych działających systemach 1, kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W13</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>