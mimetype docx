--- v0 (2025-12-29)
+++ v1 (2026-01-13)
@@ -1185,50 +1185,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie zagadnienia wyznaczania sprawności cieplnej kolektorów słonecznych i innych odbiorników, ich charakterystyki cieplnej i przepływowej oraz wymiarowania kolektorów słonecznych, jak i całych kompleksowych słonecznych instalacji grzewczych do zadanych warunków użytkowania. Ma wiedzę tworzenia koncepcji słonecznych instalacji grzewczych w zależności od warunków odbioru energii słonecznej i dostarczania energii użytkowej do odbiorcy końcowego.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1354,58 +1424,478 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_W03: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Rozumie zagadnienia wyznaczania sprawności cieplnej kolektorów słonecznych i innych odbiorników, ich charakterystyki cieplnej i przepływowej oraz wymiarowania kolektorów słonecznych, jak i całych kompleksowych słonecznych instalacji grzewczych do zadanych warunków użytkowania. Ma wiedzę tworzenia koncepcji słonecznych instalacji grzewczych w zależności od warunków odbioru energii słonecznej i dostarczania energii użytkowej do odbiorcy końcowego.												</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1424,426 +1914,356 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
-[...164 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
-[...94 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1885,517 +2305,517 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W05</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W11</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W12</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+        <w:t xml:space="preserve">E1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W17</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W23</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+        <w:t xml:space="preserve">E1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W25</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+        <w:t xml:space="preserve">E1_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W31</w:t>
-[...45 lines deleted...]
-        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2414,338 +2834,338 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U09</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U11</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U21</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U22</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2764,862 +3184,442 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U01</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U16</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U17</w:t>
-      </w:r>
-[...628 lines deleted...]
-        <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>