--- v1 (2026-01-13)
+++ v2 (2026-03-23)
@@ -1465,50 +1465,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1774,120 +1844,50 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
-[...68 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
@@ -2385,50 +2385,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2694,338 +2764,758 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U01</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U16</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3044,582 +3534,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U29</w:t>
-      </w:r>
-[...488 lines deleted...]
-        <w:t xml:space="preserve">E1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>