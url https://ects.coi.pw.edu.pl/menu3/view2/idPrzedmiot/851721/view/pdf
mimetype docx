--- v0 (2025-12-27)
+++ v1 (2026-01-09)
@@ -1757,51 +1757,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U01</w:t>
+        <w:t xml:space="preserve">AiR2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1828,51 +1828,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U05</w:t>
+        <w:t xml:space="preserve">AiR2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1899,51 +1899,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U06</w:t>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1970,51 +1970,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U12</w:t>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2041,51 +2041,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U16</w:t>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2112,51 +2112,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U18</w:t>
+        <w:t xml:space="preserve">AiR2_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2183,51 +2183,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U12</w:t>
+        <w:t xml:space="preserve">AiR2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2254,51 +2254,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U16</w:t>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2325,51 +2325,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U18</w:t>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2396,51 +2396,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U01</w:t>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2467,51 +2467,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U05</w:t>
+        <w:t xml:space="preserve">AiR2_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2538,51 +2538,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U06</w:t>
+        <w:t xml:space="preserve">AiR2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>