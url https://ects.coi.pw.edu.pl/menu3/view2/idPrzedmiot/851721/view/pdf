--- v1 (2026-01-09)
+++ v2 (2026-03-24)
@@ -1757,51 +1757,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U18</w:t>
+        <w:t xml:space="preserve">AiR2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1828,51 +1828,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U01</w:t>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1899,51 +1899,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U05</w:t>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1970,51 +1970,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U06</w:t>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2041,51 +2041,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U12</w:t>
+        <w:t xml:space="preserve">AiR2_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2112,51 +2112,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U16</w:t>
+        <w:t xml:space="preserve">AiR2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2183,51 +2183,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U01</w:t>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2254,51 +2254,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U05</w:t>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2325,51 +2325,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U06</w:t>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2396,51 +2396,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U12</w:t>
+        <w:t xml:space="preserve">AiR2_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2467,51 +2467,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U16</w:t>
+        <w:t xml:space="preserve">AiR2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2538,51 +2538,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U18</w:t>
+        <w:t xml:space="preserve">AiR2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>