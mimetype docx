--- v0 (2025-12-27)
+++ v1 (2026-01-08)
@@ -1183,331 +1183,331 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK441_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi opracować projekt techniczny robota w zakresie doboru układu nośnego, kinematycznego, napędowego, transmisyjnego i sformułować założenia dla układu sterowania.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK441_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi opracować projekt techniczny robota w zakresie doboru układu nośnego, kinematycznego, napędowego, transmisyjnego i sformułować założenia dla układu sterowania.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK441_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi opracować projekt techniczny robota w zakresie doboru układu nośnego, kinematycznego, napędowego, transmisyjnego i sformułować założenia dla układu sterowania.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK441_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi opracować projekt techniczny robota w zakresie doboru układu nośnego, kinematycznego, napędowego, transmisyjnego i sformułować założenia dla układu sterowania.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U01</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">AiR2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>