--- v0 (2025-12-27)
+++ v1 (2026-03-23)
@@ -1399,50 +1399,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1490,216 +1560,496 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W10</w:t>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1718,58 +2068,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1788,58 +2138,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1858,58 +2208,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1928,58 +2278,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1998,58 +2348,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2068,58 +2418,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2138,58 +2488,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2208,58 +2558,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2278,58 +2628,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2348,58 +2698,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2418,58 +2768,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2488,58 +2838,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2558,58 +2908,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2628,1072 +2978,722 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę dynamiki układu wieloczłonowego z członami sztywnymi i odkształcalnymi z zastosowaniem  profesjonalnych pakietów obliczeniowych. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę dynamiki układu wieloczłonowego z członami sztywnymi i odkształcalnymi z zastosowaniem  profesjonalnych pakietów obliczeniowych. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę dynamiki układu wieloczłonowego z członami sztywnymi i odkształcalnymi z zastosowaniem  profesjonalnych pakietów obliczeniowych. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę dynamiki układu wieloczłonowego z członami sztywnymi i odkształcalnymi z zastosowaniem  profesjonalnych pakietów obliczeniowych. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę dynamiki układu wieloczłonowego z członami sztywnymi i odkształcalnymi z zastosowaniem  profesjonalnych pakietów obliczeniowych. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U06</w:t>
-      </w:r>
-[...838 lines deleted...]
-        <w:t xml:space="preserve">AiR2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>