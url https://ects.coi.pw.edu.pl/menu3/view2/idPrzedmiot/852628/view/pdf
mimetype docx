--- v0 (2026-01-12)
+++ v1 (2026-03-23)
@@ -1167,50 +1167,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">podstawie  samodzielnie wykonywanych zadań na laboratorium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy działania profesjonalnego systemu metody elementów skończonych  ANSYS. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">podstawie  samodzielnie wykonywanych zadań na laboratorium </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1258,130 +1328,130 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy działania profesjonalnego systemu metody elementów skończonych  ANSYS. </w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie rozwiązywać bardzo proste zadania jednowymiarowe za pomocą MES bez użycia komputera.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">podstawie  samodzielnie wykonywanych zadań na laboratorium </w:t>
+        <w:t xml:space="preserve">na podstawie  kolokwium (część zadaniowa).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W02</w:t>
+        <w:t xml:space="preserve">M1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie rozwiązywać bardzo proste zadania jednowymiarowe za pomocą MES bez użycia komputera.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
@@ -1458,120 +1528,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">na podstawie  kolokwium (część zadaniowa).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_U12</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">M1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>