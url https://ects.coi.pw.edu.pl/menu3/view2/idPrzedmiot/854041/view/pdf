--- v0 (2025-12-27)
+++ v1 (2026-01-10)
@@ -909,191 +909,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">SI_U09, CC_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizę czasowej złożoności obliczeniowej algorytmu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">CC_U09, SI_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U2_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U2_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić analizę czasowej złożoności obliczeniowej algorytmu</w:t>
+        <w:t xml:space="preserve">potrafi wykorzystać wiedzę matematyczną do analizy i optymalizacji rozwiązań informatycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">CC_U09, SI_U09</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">SI_U06, CC_U06</w:t>
+        <w:t xml:space="preserve">CC_U06, SI_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>