--- v1 (2026-01-10)
+++ v2 (2026-03-24)
@@ -909,51 +909,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">SI_U09, CC_U09</w:t>
+        <w:t xml:space="preserve">CC_U09, SI_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>