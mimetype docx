--- v0 (2025-12-27)
+++ v1 (2026-03-24)
@@ -733,51 +733,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">CC_W05, CC_W08, CC_W09, CC_W10, CC_W11, CC_W13, SI_W03, SI_W04, SI_W05, SI_W08, SI_W09, SI_W10, SI_W11, SI_W01, PD_W01, PD_W03, PD_W04, PD_W05, PD_W08, PD_W09, PD_W10, PD_W11, PD_W13, PD_W15, CC_W01, CC_W03, CC_W04</w:t>
+        <w:t xml:space="preserve">PD_W01, PD_W03, PD_W04, PD_W05, PD_W08, PD_W09, PD_W10, PD_W11, PD_W13, PD_W15, CC_W01, CC_W03, CC_W04, CC_W05, CC_W08, CC_W09, CC_W10, CC_W11, CC_W13, SI_W03, SI_W04, SI_W05, SI_W08, SI_W09, SI_W10, SI_W11, SI_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -883,51 +883,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">CC_U11, CC_U12, CC_U14, CC_U17, CC_U19, SI_U09, SI_U11, SI_U12, SI_U14, SI_U17, SI_U19, PD_U09, PD_U11, PD_U12, PD_U16, PD_U17, CC_U09</w:t>
+        <w:t xml:space="preserve">PD_U09, PD_U11, CC_U09, PD_U12, CC_U11, PD_U16, PD_U17, CC_U12, CC_U14, CC_U17, CC_U19, SI_U09, SI_U11, SI_U12, SI_U14, SI_U17, SI_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>