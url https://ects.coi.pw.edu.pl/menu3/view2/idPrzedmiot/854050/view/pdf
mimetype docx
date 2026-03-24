--- v0 (2025-12-26)
+++ v1 (2026-03-24)
@@ -825,481 +825,481 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">PD_W10, PD_W11, PD_W13, PD_W01, PD_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wie jak stosować komitety klasyfikatorów i dobierać ich parametry, i jak je wykorzystać do uporządkowania predyktorów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, ocena projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">PD_W01, PD_W08, PD_W10, PD_W11, PD_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W2_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W2_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wie jak stosować komitety klasyfikatorów i dobierać ich parametry, i jak je wykorzystać do uporządkowania predyktorów</w:t>
+        <w:t xml:space="preserve">Zna podstawowe charakterystyki procesów stacjonarnych, zna metody identyfikacji komponent periodycznej i trendu procesu, zna podstawowe procesy liniowe (ARMA) i nieliniowe (GARCH)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">PD_W13, PD_W01, PD_W08, PD_W10, PD_W11</w:t>
+        <w:t xml:space="preserve">PD_W01, PD_W08, PD_W10, PD_W11, PD_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W2_04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe charakterystyki procesów stacjonarnych, zna metody identyfikacji komponent periodycznej i trendu procesu, zna podstawowe procesy liniowe (ARMA) i nieliniowe (GARCH)</w:t>
+        <w:t xml:space="preserve">Umie ocenić dopasowanie modelu liniowego, zidentyfikować ewentualne odstępstwa od modelu i zaadaptować model</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">PD_W01, PD_W08, PD_W10, PD_W11, PD_W13</w:t>
+        <w:t xml:space="preserve">PD_U05, PD_U06, PD_U13, PD_U14, PD_U15, PD_U16, PD_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U2_01: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie ocenić dopasowanie modelu liniowego, zidentyfikować ewentualne odstępstwa od modelu i zaadaptować model</w:t>
+        <w:t xml:space="preserve">Umie skonstruować klasyfikator nieliniowy i ocenić jego jakość</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">PD_U06, PD_U13, PD_U14, PD_U15, PD_U16, PD_U23, PD_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie skonstruować nieliniowy estymator regresji i ocenić jego jakość</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, ocena projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">PD_U05, PD_U06, PD_U13, PD_U14, PD_U15, PD_U16, PD_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U2_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U2_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie skonstruować klasyfikator nieliniowy i ocenić jego jakość</w:t>
+        <w:t xml:space="preserve">Umie skonstruować prognozę na podstawie podstawowych modeli liniowych i nieliniowych szeregów czasowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">PD_U05, PD_U06, PD_U13, PD_U14, PD_U15, PD_U16, PD_U23</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">PD_U06, PD_U13, PD_U14, PD_U15, PD_U16, PD_U23, PD_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>