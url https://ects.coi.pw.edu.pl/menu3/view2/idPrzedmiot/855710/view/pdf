--- v0 (2025-12-02)
+++ v1 (2025-12-26)
@@ -1051,87 +1051,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena punktowa kartkówek i kolokwiów oraz aktywności na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U02, K_U09, K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi znajdować granice funkcji wielu zmiennych, badać ciągłość. Potrafi obliczać oraz stosować pochodne cząstkowe dowolnego rzędu, poszukiwać ekstremów lokalnych i globalnych. Potrafi stosować ekstremów lokalnych i globalnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena punktowa kartkówek i kolokwiów oraz aktywności na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi znajdować granice funkcji wielu zmiennych, badać ciągłość. Potrafi obliczać oraz stosować pochodne cząstkowe dowolnego rzędu, poszukiwać ekstremów lokalnych i globalnych. Potrafi stosować ekstremów lokalnych i globalnych</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć całkę Riemanna po obszarze normalnym, we współrzędnych kartezjańskich, biegunowych, walcowych i sferycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena punktowa kartkówek i kolokwiów oraz aktywności na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1150,162 +1220,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć całkę Riemanna po obszarze normalnym, we współrzędnych kartezjańskich, biegunowych, walcowych i sferycznych</w:t>
+        <w:t xml:space="preserve">Umie stosować całkę podwójną i potrójną do obliczania pól powierzchni oraz objętości brył</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena punktowa kartkówek i kolokwiów oraz aktywności na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U09</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_U02, K_U09, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>