--- v1 (2025-12-26)
+++ v2 (2026-02-08)
@@ -1051,51 +1051,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena punktowa kartkówek i kolokwiów oraz aktywności na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U09, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1121,51 +1121,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena punktowa kartkówek i kolokwiów oraz aktywności na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U09</w:t>
+        <w:t xml:space="preserve">K_U09, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>