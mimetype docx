--- v2 (2026-02-08)
+++ v3 (2026-03-02)
@@ -1121,51 +1121,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena punktowa kartkówek i kolokwiów oraz aktywności na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>