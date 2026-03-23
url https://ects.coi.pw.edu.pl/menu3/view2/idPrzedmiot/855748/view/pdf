--- v0 (2026-02-09)
+++ v1 (2026-03-23)
@@ -1002,51 +1002,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS_U14, DS_U13</w:t>
+        <w:t xml:space="preserve">DS_U13, DS_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>