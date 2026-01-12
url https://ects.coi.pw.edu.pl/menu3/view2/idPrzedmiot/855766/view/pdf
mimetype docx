--- v0 (2025-10-09)
+++ v1 (2026-01-12)
@@ -1224,51 +1224,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">DS_K02, DS_K03, DS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie zasady negocjowania z klientem oraz prowadzenia wywiadu związanego z określeniem wymagań użytkownika</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>