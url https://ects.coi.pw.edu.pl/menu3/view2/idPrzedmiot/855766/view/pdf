--- v1 (2026-01-12)
+++ v2 (2026-01-14)
@@ -988,287 +988,287 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test pisemny na końcu zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">DS_U23, DS_U26, DS_U27, DS_U10, DS_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować prosty system informatyczny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt oceniony na końcu zajęć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">DS_U10, DS_U21, DS_U23, DS_U26, DS_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować prosty system informatyczny</w:t>
+        <w:t xml:space="preserve">Potrafi zastosować wybraną metodę oszacowania pracochłonności zadania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Test pisemny na końcu zajęć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">DS_U21, DS_U23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie zagadnienia związane z pracą grupową</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Projekt oceniony na końcu zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS_U10, DS_U21, DS_U23, DS_U26, DS_U27</w:t>
+        <w:t xml:space="preserve">DS_K02, DS_K03, DS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, I.P6S_UO</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie zasady negocjowania z klientem oraz prowadzenia wywiadu związanego z określeniem wymagań użytkownika</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>