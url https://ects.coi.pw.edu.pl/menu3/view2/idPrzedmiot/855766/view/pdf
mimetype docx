--- v2 (2026-01-14)
+++ v3 (2026-02-09)
@@ -988,67 +988,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test pisemny na końcu zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS_U23, DS_U26, DS_U27, DS_U10, DS_U21</w:t>
+        <w:t xml:space="preserve">DS_U10, DS_U21, DS_U23, DS_U26, DS_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować prosty system informatyczny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1208,67 +1208,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt oceniony na końcu zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS_K02, DS_K03, DS_K04</w:t>
+        <w:t xml:space="preserve">DS_K04, DS_K02, DS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie zasady negocjowania z klientem oraz prowadzenia wywiadu związanego z określeniem wymagań użytkownika</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>