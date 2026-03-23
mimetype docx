--- v3 (2026-02-09)
+++ v4 (2026-03-23)
@@ -1058,51 +1058,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt oceniony na końcu zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS_U10, DS_U21, DS_U23, DS_U26, DS_U27</w:t>
+        <w:t xml:space="preserve">DS_U27, DS_U10, DS_U21, DS_U23, DS_U26</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1208,67 +1208,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt oceniony na końcu zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS_K04, DS_K02, DS_K03</w:t>
+        <w:t xml:space="preserve">DS_K02, DS_K03, DS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie zasady negocjowania z klientem oraz prowadzenia wywiadu związanego z określeniem wymagań użytkownika</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>